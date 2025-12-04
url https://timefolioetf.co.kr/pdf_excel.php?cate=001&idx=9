--- v0 (2025-10-08)
+++ v1 (2025-12-04)
@@ -12,65 +12,326 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>종목코드</t>
   </si>
   <si>
     <t>종목명</t>
   </si>
   <si>
     <t>수량</t>
   </si>
   <si>
     <t>평가금액(원)</t>
   </si>
   <si>
     <t>비중(%)</t>
+  </si>
+  <si>
+    <t>LLY US EQUITY</t>
+  </si>
+  <si>
+    <t>Eli Lilly &amp; Co</t>
+  </si>
+  <si>
+    <t>109,034,995</t>
+  </si>
+  <si>
+    <t>에이비엘바이오</t>
+  </si>
+  <si>
+    <t>61,305,000</t>
+  </si>
+  <si>
+    <t>NTRA US EQUITY</t>
+  </si>
+  <si>
+    <t>Natera Inc</t>
+  </si>
+  <si>
+    <t>25,359,288</t>
+  </si>
+  <si>
+    <t>JNJ US EQUITY</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson</t>
+  </si>
+  <si>
+    <t>22,918,298</t>
+  </si>
+  <si>
+    <t>알테오젠</t>
+  </si>
+  <si>
+    <t>21,402,000</t>
+  </si>
+  <si>
+    <t>앱클론</t>
+  </si>
+  <si>
+    <t>18,152,200</t>
+  </si>
+  <si>
+    <t>ARWR US EQUITY</t>
+  </si>
+  <si>
+    <t>Arrowhead Pharmaceuticals Inc</t>
+  </si>
+  <si>
+    <t>17,014,120</t>
+  </si>
+  <si>
+    <t>REGN US EQUITY</t>
+  </si>
+  <si>
+    <t>Regeneron Pharmaceuticals Inc</t>
+  </si>
+  <si>
+    <t>16,338,840</t>
+  </si>
+  <si>
+    <t>MEDP US EQUITY</t>
+  </si>
+  <si>
+    <t>Medpace Holdings Inc</t>
+  </si>
+  <si>
+    <t>16,280,560</t>
+  </si>
+  <si>
+    <t>IONS US EQUITY</t>
+  </si>
+  <si>
+    <t>Ionis Pharmaceuticals Inc</t>
+  </si>
+  <si>
+    <t>15,994,652</t>
+  </si>
+  <si>
+    <t>로킷헬스케어</t>
+  </si>
+  <si>
+    <t>15,770,000</t>
+  </si>
+  <si>
+    <t>아이티켐</t>
+  </si>
+  <si>
+    <t>14,910,000</t>
+  </si>
+  <si>
+    <t>NVO US EQUITY</t>
+  </si>
+  <si>
+    <t>Novo Nordisk A/S</t>
+  </si>
+  <si>
+    <t>14,900,229</t>
+  </si>
+  <si>
+    <t>ALNY US EQUITY</t>
+  </si>
+  <si>
+    <t>Alnylam Pharmaceuticals Inc</t>
+  </si>
+  <si>
+    <t>14,332,862</t>
+  </si>
+  <si>
+    <t>MRK US EQUITY</t>
+  </si>
+  <si>
+    <t>Merck &amp; Co Inc</t>
+  </si>
+  <si>
+    <t>14,237,955</t>
+  </si>
+  <si>
+    <t>BIIB US EQUITY</t>
+  </si>
+  <si>
+    <t>Biogen Inc</t>
+  </si>
+  <si>
+    <t>14,018,724</t>
+  </si>
+  <si>
+    <t>ABBV US EQUITY</t>
+  </si>
+  <si>
+    <t>AbbVie Inc</t>
+  </si>
+  <si>
+    <t>12,845,631</t>
+  </si>
+  <si>
+    <t>TEVA US EQUITY</t>
+  </si>
+  <si>
+    <t>Teva Pharmaceutical Industries Ltd</t>
+  </si>
+  <si>
+    <t>12,824,448</t>
+  </si>
+  <si>
+    <t>GILD US EQUITY</t>
+  </si>
+  <si>
+    <t>Gilead Sciences Inc</t>
+  </si>
+  <si>
+    <t>11,641,592</t>
+  </si>
+  <si>
+    <t>AMGN US EQUITY</t>
+  </si>
+  <si>
+    <t>Amgen Inc</t>
+  </si>
+  <si>
+    <t>11,424,387</t>
+  </si>
+  <si>
+    <t>올릭스</t>
+  </si>
+  <si>
+    <t>10,926,000</t>
+  </si>
+  <si>
+    <t>디앤디파마텍</t>
+  </si>
+  <si>
+    <t>9,553,500</t>
+  </si>
+  <si>
+    <t>GSK US EQUITY</t>
+  </si>
+  <si>
+    <t>GSK PLC</t>
+  </si>
+  <si>
+    <t>8,432,382</t>
+  </si>
+  <si>
+    <t>PFE US EQUITY</t>
+  </si>
+  <si>
+    <t>Pfizer Inc</t>
+  </si>
+  <si>
+    <t>7,827,082</t>
+  </si>
+  <si>
+    <t>현금</t>
+  </si>
+  <si>
+    <t>7,820,821</t>
+  </si>
+  <si>
+    <t>TMO US EQUITY</t>
+  </si>
+  <si>
+    <t>Thermo Fisher Scientific Inc</t>
+  </si>
+  <si>
+    <t>7,667,848</t>
+  </si>
+  <si>
+    <t>RVTY US EQUITY</t>
+  </si>
+  <si>
+    <t>Revvity Inc</t>
+  </si>
+  <si>
+    <t>7,540,382</t>
+  </si>
+  <si>
+    <t>씨어스테크놀로지</t>
+  </si>
+  <si>
+    <t>7,527,400</t>
+  </si>
+  <si>
+    <t>TERN US EQUITY</t>
+  </si>
+  <si>
+    <t>Terns Pharmaceuticals Inc</t>
+  </si>
+  <si>
+    <t>7,420,505</t>
+  </si>
+  <si>
+    <t>ICLR US EQUITY</t>
+  </si>
+  <si>
+    <t>ICON PLC</t>
+  </si>
+  <si>
+    <t>7,258,937</t>
+  </si>
+  <si>
+    <t>EXEL US EQUITY</t>
+  </si>
+  <si>
+    <t>Exelixis Inc</t>
+  </si>
+  <si>
+    <t>6,823,381</t>
+  </si>
+  <si>
+    <t>QGEN US EQUITY</t>
+  </si>
+  <si>
+    <t>QIAGEN NV</t>
+  </si>
+  <si>
+    <t>6,615,160</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Calibri"/>
@@ -95,53 +356,56 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFd4d6de"/>
       </left>
       <right style="thin">
         <color rgb="FFd4d6de"/>
       </right>
       <top style="thin">
         <color rgb="FFd4d6de"/>
       </top>
       <bottom style="thin">
         <color rgb="FFd4d6de"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -407,80 +671,622 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E1"/>
+  <dimension ref="A1:E33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:E1"/>
+      <selection activeCell="A1" sqref="A1:E33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="33">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" customHeight="1" ht="30">
+      <c r="A2" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="2">
+        <v>71</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="E2" s="2">
+        <v>19.61</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" customHeight="1" ht="30">
+      <c r="A3" s="2">
+        <v>298380</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="C3" s="2">
+        <v>305</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E3" s="2">
+        <v>11.02</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" customHeight="1" ht="30">
+      <c r="A4" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" s="2">
+        <v>73</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" s="2">
+        <v>4.56</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" customHeight="1" ht="30">
+      <c r="A5" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="2">
+        <v>76</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="2">
+        <v>4.12</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" customHeight="1" ht="30">
+      <c r="A6" s="2">
+        <v>196170</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="2">
+        <v>41</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" s="2">
+        <v>3.85</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" customHeight="1" ht="30">
+      <c r="A7" s="2">
+        <v>174900</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="2">
+        <v>446</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" s="2">
+        <v>3.26</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" customHeight="1" ht="30">
+      <c r="A8" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="2">
+        <v>200</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" s="2">
+        <v>3.06</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" customHeight="1" ht="30">
+      <c r="A9" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="2">
+        <v>15</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="2">
+        <v>2.94</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" customHeight="1" ht="30">
+      <c r="A10" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="2">
+        <v>19</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" s="2">
+        <v>2.93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" customHeight="1" ht="30">
+      <c r="A11" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" s="2">
+        <v>134</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E11" s="2">
+        <v>2.88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" customHeight="1" ht="30">
+      <c r="A12" s="2">
+        <v>376900</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C12" s="2">
+        <v>190</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" s="2">
+        <v>2.84</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" customHeight="1" ht="30">
+      <c r="A13" s="2">
+        <v>309710</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C13" s="2">
+        <v>300</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E13" s="2">
+        <v>2.68</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" customHeight="1" ht="30">
+      <c r="A14" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C14" s="2">
+        <v>214</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="E14" s="2">
+        <v>2.68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" customHeight="1" ht="30">
+      <c r="A15" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C15" s="2">
+        <v>21</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E15" s="2">
+        <v>2.58</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" customHeight="1" ht="30">
+      <c r="A16" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C16" s="2">
+        <v>96</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" s="2">
+        <v>2.56</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" customHeight="1" ht="30">
+      <c r="A17" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C17" s="2">
+        <v>53</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="E17" s="2">
+        <v>2.52</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" customHeight="1" ht="30">
+      <c r="A18" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C18" s="2">
+        <v>39</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="E18" s="2">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" customHeight="1" ht="30">
+      <c r="A19" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C19" s="2">
+        <v>325</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" s="2">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" customHeight="1" ht="30">
+      <c r="A20" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C20" s="2">
+        <v>64</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E20" s="2">
+        <v>2.09</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" customHeight="1" ht="30">
+      <c r="A21" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C21" s="2">
+        <v>23</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="E21" s="2">
+        <v>2.05</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" customHeight="1" ht="30">
+      <c r="A22" s="2">
+        <v>226950</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C22" s="2">
+        <v>90</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="E22" s="2">
+        <v>1.97</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" customHeight="1" ht="30">
+      <c r="A23" s="2">
+        <v>347850</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C23" s="2">
+        <v>99</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="E23" s="2">
+        <v>1.72</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" customHeight="1" ht="30">
+      <c r="A24" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C24" s="2">
+        <v>119</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="E24" s="2">
+        <v>1.52</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" customHeight="1" ht="30">
+      <c r="A25" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C25" s="2">
+        <v>212</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="E25" s="2">
+        <v>1.41</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" customHeight="1" ht="30">
+      <c r="A26" s="2"/>
+      <c r="B26" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E26" s="2">
+        <v>1.41</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" customHeight="1" ht="30">
+      <c r="A27" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C27" s="2">
+        <v>9</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="E27" s="2">
+        <v>1.38</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" customHeight="1" ht="30">
+      <c r="A28" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="C28" s="2">
+        <v>50</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="E28" s="2">
+        <v>1.36</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" customHeight="1" ht="30">
+      <c r="A29" s="2">
+        <v>458870</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C29" s="2">
+        <v>61</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="E29" s="2">
+        <v>1.35</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" customHeight="1" ht="30">
+      <c r="A30" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C30" s="2">
+        <v>196</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="E30" s="2">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" customHeight="1" ht="30">
+      <c r="A31" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C31" s="2">
+        <v>27</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="E31" s="2">
+        <v>1.31</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" customHeight="1" ht="30">
+      <c r="A32" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C32" s="2">
+        <v>107</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E32" s="2">
+        <v>1.23</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" customHeight="1" ht="30">
+      <c r="A33" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="C33" s="2">
+        <v>96</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="E33" s="2">
+        <v>1.19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>