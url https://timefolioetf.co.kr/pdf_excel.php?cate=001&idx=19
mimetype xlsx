--- v0 (2025-10-08)
+++ v1 (2025-12-04)
@@ -12,65 +12,551 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>종목코드</t>
   </si>
   <si>
     <t>종목명</t>
   </si>
   <si>
     <t>수량</t>
   </si>
   <si>
     <t>평가금액(원)</t>
   </si>
   <si>
     <t>비중(%)</t>
+  </si>
+  <si>
+    <t>9988 HK EQUITY</t>
+  </si>
+  <si>
+    <t>Alibaba Group Holding Ltd</t>
+  </si>
+  <si>
+    <t>1,755</t>
+  </si>
+  <si>
+    <t>51,974,167</t>
+  </si>
+  <si>
+    <t>300308 CH EQUITY</t>
+  </si>
+  <si>
+    <t>Zhongji Innolight Co Ltd</t>
+  </si>
+  <si>
+    <t>41,122,922</t>
+  </si>
+  <si>
+    <t>300502 CH EQUITY</t>
+  </si>
+  <si>
+    <t>Eoptolink Technology Inc Ltd</t>
+  </si>
+  <si>
+    <t>35,128,990</t>
+  </si>
+  <si>
+    <t>2408 TT EQUITY</t>
+  </si>
+  <si>
+    <t>Nanya Technology Corp</t>
+  </si>
+  <si>
+    <t>4,321</t>
+  </si>
+  <si>
+    <t>30,283,987</t>
+  </si>
+  <si>
+    <t>1347 HK EQUITY</t>
+  </si>
+  <si>
+    <t>Hua Hong Semiconductor Ltd</t>
+  </si>
+  <si>
+    <t>2,173</t>
+  </si>
+  <si>
+    <t>29,840,209</t>
+  </si>
+  <si>
+    <t>688256 CH EQUITY</t>
+  </si>
+  <si>
+    <t>Cambricon Technologies Corp Ltd</t>
+  </si>
+  <si>
+    <t>29,001,326</t>
+  </si>
+  <si>
+    <t>981 HK EQUITY</t>
+  </si>
+  <si>
+    <t>Semiconductor Manufacturing International Corp</t>
+  </si>
+  <si>
+    <t>2,077</t>
+  </si>
+  <si>
+    <t>26,896,006</t>
+  </si>
+  <si>
+    <t>700 HK EQUITY</t>
+  </si>
+  <si>
+    <t>Tencent Holdings Ltd</t>
+  </si>
+  <si>
+    <t>25,255,482</t>
+  </si>
+  <si>
+    <t>3750 HK EQUITY</t>
+  </si>
+  <si>
+    <t>Contemporary Amperex Technology Co Ltd</t>
+  </si>
+  <si>
+    <t>24,875,166</t>
+  </si>
+  <si>
+    <t>9880 HK EQUITY</t>
+  </si>
+  <si>
+    <t>UBTech Robotics Corp Ltd</t>
+  </si>
+  <si>
+    <t>1,140</t>
+  </si>
+  <si>
+    <t>24,041,270</t>
+  </si>
+  <si>
+    <t>2454 TT EQUITY</t>
+  </si>
+  <si>
+    <t>MediaTek Inc</t>
+  </si>
+  <si>
+    <t>22,222,292</t>
+  </si>
+  <si>
+    <t>6770 TT EQUITY</t>
+  </si>
+  <si>
+    <t>Powerchip Semiconductor Manufacturing Corp</t>
+  </si>
+  <si>
+    <t>14,151</t>
+  </si>
+  <si>
+    <t>21,759,483</t>
+  </si>
+  <si>
+    <t>603119 CH EQUITY</t>
+  </si>
+  <si>
+    <t>Zhejiang Rongtai Electric Material Co Ltd</t>
+  </si>
+  <si>
+    <t>1,002</t>
+  </si>
+  <si>
+    <t>19,131,045</t>
+  </si>
+  <si>
+    <t>002384 CH EQUITY</t>
+  </si>
+  <si>
+    <t>Suzhou Dongshan Precision Manufacturing Co Ltd</t>
+  </si>
+  <si>
+    <t>1,179</t>
+  </si>
+  <si>
+    <t>17,954,467</t>
+  </si>
+  <si>
+    <t>2383 TT EQUITY</t>
+  </si>
+  <si>
+    <t>Elite Material Co Ltd</t>
+  </si>
+  <si>
+    <t>17,146,828</t>
+  </si>
+  <si>
+    <t>1024 HK EQUITY</t>
+  </si>
+  <si>
+    <t>Kuaishou Technology</t>
+  </si>
+  <si>
+    <t>1,284</t>
+  </si>
+  <si>
+    <t>16,699,753</t>
+  </si>
+  <si>
+    <t>9868 HK EQUITY</t>
+  </si>
+  <si>
+    <t>XPeng Inc</t>
+  </si>
+  <si>
+    <t>1,119</t>
+  </si>
+  <si>
+    <t>16,622,311</t>
+  </si>
+  <si>
+    <t>002371 CH EQUITY</t>
+  </si>
+  <si>
+    <t>NAURA Technology Group Co Ltd</t>
+  </si>
+  <si>
+    <t>16,482,062</t>
+  </si>
+  <si>
+    <t>002050 CH EQUITY</t>
+  </si>
+  <si>
+    <t>Zhejiang Sanhua Intelligent Controls Co Ltd</t>
+  </si>
+  <si>
+    <t>1,853</t>
+  </si>
+  <si>
+    <t>16,189,246</t>
+  </si>
+  <si>
+    <t>20 HK EQUITY</t>
+  </si>
+  <si>
+    <t>SenseTime Group Inc</t>
+  </si>
+  <si>
+    <t>39,361</t>
+  </si>
+  <si>
+    <t>15,591,797</t>
+  </si>
+  <si>
+    <t>9888 HK EQUITY</t>
+  </si>
+  <si>
+    <t>Baidu Inc</t>
+  </si>
+  <si>
+    <t>13,683,955</t>
+  </si>
+  <si>
+    <t>PONY US EQUITY</t>
+  </si>
+  <si>
+    <t>Pony AI Inc</t>
+  </si>
+  <si>
+    <t>10,832,078</t>
+  </si>
+  <si>
+    <t>3711 TT EQUITY</t>
+  </si>
+  <si>
+    <t>ASE Technology Holding Co Ltd</t>
+  </si>
+  <si>
+    <t>9,523,039</t>
+  </si>
+  <si>
+    <t>9660 HK EQUITY</t>
+  </si>
+  <si>
+    <t>Horizon Robotics</t>
+  </si>
+  <si>
+    <t>6,263</t>
+  </si>
+  <si>
+    <t>9,451,117</t>
+  </si>
+  <si>
+    <t>300274 CH EQUITY</t>
+  </si>
+  <si>
+    <t>Sungrow Power Supply Co Ltd</t>
+  </si>
+  <si>
+    <t>9,063,714</t>
+  </si>
+  <si>
+    <t>1164 HK EQUITY</t>
+  </si>
+  <si>
+    <t>CGN Mining Co Ltd</t>
+  </si>
+  <si>
+    <t>15,535</t>
+  </si>
+  <si>
+    <t>9,054,834</t>
+  </si>
+  <si>
+    <t>2432 HK EQUITY</t>
+  </si>
+  <si>
+    <t>Shenzhen Dobot Corp Ltd</t>
+  </si>
+  <si>
+    <t>1,190</t>
+  </si>
+  <si>
+    <t>8,686,977</t>
+  </si>
+  <si>
+    <t>3888 HK EQUITY</t>
+  </si>
+  <si>
+    <t>Kingsoft Corp Ltd</t>
+  </si>
+  <si>
+    <t>1,541</t>
+  </si>
+  <si>
+    <t>8,272,719</t>
+  </si>
+  <si>
+    <t>9863 HK EQUITY</t>
+  </si>
+  <si>
+    <t>Zhejiang Leapmotor Technology Co Ltd</t>
+  </si>
+  <si>
+    <t>7,977,238</t>
+  </si>
+  <si>
+    <t>HSAI US EQUITY</t>
+  </si>
+  <si>
+    <t>Hesai Group</t>
+  </si>
+  <si>
+    <t>7,162,049</t>
+  </si>
+  <si>
+    <t>600111 CH EQUITY</t>
+  </si>
+  <si>
+    <t>China Northern Rare Earth Group High-Tech Co Ltd</t>
+  </si>
+  <si>
+    <t>6,664,811</t>
+  </si>
+  <si>
+    <t>1810 HK EQUITY</t>
+  </si>
+  <si>
+    <t>Xiaomi Corp</t>
+  </si>
+  <si>
+    <t>6,656,167</t>
+  </si>
+  <si>
+    <t>TSM US EQUITY</t>
+  </si>
+  <si>
+    <t>Taiwan Semiconductor Manufacturing Co Ltd</t>
+  </si>
+  <si>
+    <t>6,431,821</t>
+  </si>
+  <si>
+    <t>688017 CH EQUITY</t>
+  </si>
+  <si>
+    <t>Leader Harmonious Drive Systems Co Ltd</t>
+  </si>
+  <si>
+    <t>6,002,869</t>
+  </si>
+  <si>
+    <t>3481 TT EQUITY</t>
+  </si>
+  <si>
+    <t>Innolux Corp</t>
+  </si>
+  <si>
+    <t>8,785</t>
+  </si>
+  <si>
+    <t>5,765,771</t>
+  </si>
+  <si>
+    <t>688313 CH EQUITY</t>
+  </si>
+  <si>
+    <t>Henan Shijia Photons Technology Co Ltd</t>
+  </si>
+  <si>
+    <t>5,618,102</t>
+  </si>
+  <si>
+    <t>2345 TT EQUITY</t>
+  </si>
+  <si>
+    <t>Accton Technology Corp</t>
+  </si>
+  <si>
+    <t>5,611,536</t>
+  </si>
+  <si>
+    <t>2382 TT EQUITY</t>
+  </si>
+  <si>
+    <t>Quanta Computer Inc</t>
+  </si>
+  <si>
+    <t>5,585,775</t>
+  </si>
+  <si>
+    <t>1357 HK EQUITY</t>
+  </si>
+  <si>
+    <t>Meitu Inc</t>
+  </si>
+  <si>
+    <t>3,645</t>
+  </si>
+  <si>
+    <t>5,273,557</t>
+  </si>
+  <si>
+    <t>3034 TT EQUITY</t>
+  </si>
+  <si>
+    <t>Novatek Microelectronics Corp</t>
+  </si>
+  <si>
+    <t>5,224,307</t>
+  </si>
+  <si>
+    <t>현금</t>
+  </si>
+  <si>
+    <t>4,141,905</t>
+  </si>
+  <si>
+    <t>1211 HK EQUITY</t>
+  </si>
+  <si>
+    <t>BYD Co Ltd</t>
+  </si>
+  <si>
+    <t>3,512,026</t>
+  </si>
+  <si>
+    <t>9999 HK EQUITY</t>
+  </si>
+  <si>
+    <t>NetEase Inc</t>
+  </si>
+  <si>
+    <t>3,513,271</t>
+  </si>
+  <si>
+    <t>1428 HK EQUITY</t>
+  </si>
+  <si>
+    <t>Bright Smart Securities &amp; Commodities Group Ltd</t>
+  </si>
+  <si>
+    <t>2,428</t>
+  </si>
+  <si>
+    <t>3,425,792</t>
+  </si>
+  <si>
+    <t>9678 HK EQUITY</t>
+  </si>
+  <si>
+    <t>Unisound AI Technology Co Ltd</t>
+  </si>
+  <si>
+    <t>3,389,303</t>
+  </si>
+  <si>
+    <t>300124 CH EQUITY</t>
+  </si>
+  <si>
+    <t>Shenzhen Inovance Technology Co Ltd</t>
+  </si>
+  <si>
+    <t>2,467,144</t>
+  </si>
+  <si>
+    <t>268 HK EQUITY</t>
+  </si>
+  <si>
+    <t>Kingdee International Software Group Co Ltd</t>
+  </si>
+  <si>
+    <t>1,427,027</t>
+  </si>
+  <si>
+    <t>PDD US EQUITY</t>
+  </si>
+  <si>
+    <t>PDD Holdings Inc</t>
+  </si>
+  <si>
+    <t>1,221,816</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Calibri"/>
@@ -95,53 +581,56 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFd4d6de"/>
       </left>
       <right style="thin">
         <color rgb="FFd4d6de"/>
       </right>
       <top style="thin">
         <color rgb="FFd4d6de"/>
       </top>
       <bottom style="thin">
         <color rgb="FFd4d6de"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="3">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="2" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -407,80 +896,894 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E1"/>
+  <dimension ref="A1:E49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:E1"/>
+      <selection activeCell="A1" sqref="A1:E49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" customHeight="1" ht="33">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" customHeight="1" ht="30">
+      <c r="A2" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E2" s="2">
+        <v>7.71</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" customHeight="1" ht="30">
+      <c r="A3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C3" s="2">
+        <v>365</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" s="2">
+        <v>6.1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" customHeight="1" ht="30">
+      <c r="A4" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="2">
+        <v>463</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" s="2">
+        <v>5.21</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" customHeight="1" ht="30">
+      <c r="A5" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" s="2">
+        <v>4.49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" customHeight="1" ht="30">
+      <c r="A6" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E6" s="2">
+        <v>4.43</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" customHeight="1" ht="30">
+      <c r="A7" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" s="2">
+        <v>105</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E7" s="2">
+        <v>4.3</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" customHeight="1" ht="30">
+      <c r="A8" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" s="2">
+        <v>3.99</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" customHeight="1" ht="30">
+      <c r="A9" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" s="2">
+        <v>217</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" s="2">
+        <v>3.75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" customHeight="1" ht="30">
+      <c r="A10" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C10" s="2">
+        <v>276</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E10" s="2">
+        <v>3.69</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" customHeight="1" ht="30">
+      <c r="A11" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E11" s="2">
+        <v>3.57</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" customHeight="1" ht="30">
+      <c r="A12" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C12" s="2">
+        <v>335</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" s="2">
+        <v>3.3</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" customHeight="1" ht="30">
+      <c r="A13" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E13" s="2">
+        <v>3.23</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" customHeight="1" ht="30">
+      <c r="A14" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="E14" s="2">
+        <v>2.84</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" customHeight="1" ht="30">
+      <c r="A15" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E15" s="2">
+        <v>2.66</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" customHeight="1" ht="30">
+      <c r="A16" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C16" s="2">
+        <v>254</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="E16" s="2">
+        <v>2.55</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" customHeight="1" ht="30">
+      <c r="A17" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="E17" s="2">
+        <v>2.48</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" customHeight="1" ht="30">
+      <c r="A18" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="E18" s="2">
+        <v>2.47</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" customHeight="1" ht="30">
+      <c r="A19" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C19" s="2">
+        <v>183</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E19" s="2">
+        <v>2.45</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" customHeight="1" ht="30">
+      <c r="A20" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="E20" s="2">
+        <v>2.4</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" customHeight="1" ht="30">
+      <c r="A21" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E21" s="2">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" customHeight="1" ht="30">
+      <c r="A22" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C22" s="2">
+        <v>627</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="E22" s="2">
+        <v>2.03</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" customHeight="1" ht="30">
+      <c r="A23" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C23" s="2">
+        <v>520</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="E23" s="2">
+        <v>1.61</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" customHeight="1" ht="30">
+      <c r="A24" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C24" s="2">
+        <v>889</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="E24" s="2">
+        <v>1.41</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" customHeight="1" ht="30">
+      <c r="A25" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="E25" s="2">
+        <v>1.4</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" customHeight="1" ht="30">
+      <c r="A26" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C26" s="2">
+        <v>244</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="E26" s="2">
+        <v>1.35</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" customHeight="1" ht="30">
+      <c r="A27" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="E27" s="2">
+        <v>1.34</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" customHeight="1" ht="30">
+      <c r="A28" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="E28" s="2">
+        <v>1.29</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" customHeight="1" ht="30">
+      <c r="A29" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="E29" s="2">
+        <v>1.23</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" customHeight="1" ht="30">
+      <c r="A30" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C30" s="2">
+        <v>804</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="E30" s="2">
+        <v>1.18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" customHeight="1" ht="30">
+      <c r="A31" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="C31" s="2">
+        <v>258</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="E31" s="2">
+        <v>1.06</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" customHeight="1" ht="30">
+      <c r="A32" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="C32" s="2">
+        <v>691</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="E32" s="2">
+        <v>0.99</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" customHeight="1" ht="30">
+      <c r="A33" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="C33" s="2">
+        <v>867</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E33" s="2">
+        <v>0.99</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" customHeight="1" ht="30">
+      <c r="A34" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="C34" s="2">
+        <v>15</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="E34" s="2">
+        <v>0.95</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" customHeight="1" ht="30">
+      <c r="A35" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C35" s="2">
+        <v>200</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="E35" s="2">
+        <v>0.89</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" customHeight="1" ht="30">
+      <c r="A36" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="E36" s="2">
+        <v>0.86</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" customHeight="1" ht="30">
+      <c r="A37" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C37" s="2">
+        <v>351</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="E37" s="2">
+        <v>0.83</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" customHeight="1" ht="30">
+      <c r="A38" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="C38" s="2">
+        <v>114</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="E38" s="2">
+        <v>0.83</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" customHeight="1" ht="30">
+      <c r="A39" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="C39" s="2">
+        <v>413</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="E39" s="2">
+        <v>0.83</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" customHeight="1" ht="30">
+      <c r="A40" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="E40" s="2">
+        <v>0.78</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" customHeight="1" ht="30">
+      <c r="A41" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="C41" s="2">
+        <v>280</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="E41" s="2">
+        <v>0.78</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" customHeight="1" ht="30">
+      <c r="A42" s="2"/>
+      <c r="B42" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="E42" s="2">
+        <v>0.62</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" customHeight="1" ht="30">
+      <c r="A43" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="C43" s="2">
+        <v>186</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="E43" s="2">
+        <v>0.52</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" customHeight="1" ht="30">
+      <c r="A44" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="C44" s="2">
+        <v>83</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="E44" s="2">
+        <v>0.52</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" customHeight="1" ht="30">
+      <c r="A45" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="E45" s="2">
+        <v>0.51</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" customHeight="1" ht="30">
+      <c r="A46" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C46" s="2">
+        <v>32</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="E46" s="2">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" customHeight="1" ht="30">
+      <c r="A47" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="C47" s="2">
+        <v>167</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E47" s="2">
+        <v>0.37</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" customHeight="1" ht="30">
+      <c r="A48" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="C48" s="2">
+        <v>549</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="E48" s="2">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" customHeight="1" ht="30">
+      <c r="A49" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="C49" s="2">
+        <v>7</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="E49" s="2">
+        <v>0.18</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>