--- v0 (2025-10-08)
+++ v1 (2026-01-18)
@@ -12,290 +12,302 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>일자</t>
   </si>
   <si>
     <t>기준가격(원)</t>
   </si>
   <si>
     <t>시장가격(원)</t>
   </si>
   <si>
     <t>과표기준가(원)</t>
   </si>
   <si>
     <t>등락률(%)</t>
   </si>
   <si>
     <t>종가(원)</t>
   </si>
   <si>
-    <t>2025.10.02</t>
-[...218 lines deleted...]
-    <t>9,736.75</t>
+    <t>2026.01.16</t>
+  </si>
+  <si>
+    <t>22,104.93</t>
+  </si>
+  <si>
+    <t>22,130.00</t>
+  </si>
+  <si>
+    <t>2026.01.15</t>
+  </si>
+  <si>
+    <t>21,876.19</t>
+  </si>
+  <si>
+    <t>21,900.00</t>
+  </si>
+  <si>
+    <t>9,824.17</t>
+  </si>
+  <si>
+    <t>2026.01.14</t>
+  </si>
+  <si>
+    <t>21,572.13</t>
+  </si>
+  <si>
+    <t>21,555.00</t>
+  </si>
+  <si>
+    <t>9,824.63</t>
+  </si>
+  <si>
+    <t>2026.01.13</t>
+  </si>
+  <si>
+    <t>21,301.25</t>
+  </si>
+  <si>
+    <t>21,280.00</t>
+  </si>
+  <si>
+    <t>9,825.09</t>
+  </si>
+  <si>
+    <t>2026.01.12</t>
+  </si>
+  <si>
+    <t>21,238.82</t>
+  </si>
+  <si>
+    <t>21,285.00</t>
+  </si>
+  <si>
+    <t>9,825.55</t>
+  </si>
+  <si>
+    <t>2026.01.09</t>
+  </si>
+  <si>
+    <t>21,090.72</t>
+  </si>
+  <si>
+    <t>21,085.00</t>
+  </si>
+  <si>
+    <t>9,825.66</t>
+  </si>
+  <si>
+    <t>2026.01.08</t>
+  </si>
+  <si>
+    <t>21,093.05</t>
+  </si>
+  <si>
+    <t>21,110.00</t>
+  </si>
+  <si>
+    <t>9,826.11</t>
+  </si>
+  <si>
+    <t>2026.01.07</t>
+  </si>
+  <si>
+    <t>21,198.97</t>
+  </si>
+  <si>
+    <t>21,160.00</t>
+  </si>
+  <si>
+    <t>9,826.54</t>
+  </si>
+  <si>
+    <t>2026.01.06</t>
+  </si>
+  <si>
+    <t>21,224.14</t>
+  </si>
+  <si>
+    <t>21,230.00</t>
+  </si>
+  <si>
+    <t>9,826.97</t>
+  </si>
+  <si>
+    <t>2026.01.05</t>
+  </si>
+  <si>
+    <t>20,708.25</t>
+  </si>
+  <si>
+    <t>20,680.00</t>
+  </si>
+  <si>
+    <t>9,827.42</t>
+  </si>
+  <si>
+    <t>2026.01.02</t>
+  </si>
+  <si>
+    <t>20,223.37</t>
+  </si>
+  <si>
+    <t>20,230.00</t>
+  </si>
+  <si>
+    <t>9,828.64</t>
+  </si>
+  <si>
+    <t>2025.12.31</t>
+  </si>
+  <si>
+    <t>19,802.56</t>
+  </si>
+  <si>
+    <t>19,800.00</t>
+  </si>
+  <si>
+    <t>9,829.45</t>
+  </si>
+  <si>
+    <t>2025.12.30</t>
+  </si>
+  <si>
+    <t>19,802.97</t>
+  </si>
+  <si>
+    <t>9,829.85</t>
+  </si>
+  <si>
+    <t>2025.12.29</t>
+  </si>
+  <si>
+    <t>19,838.59</t>
+  </si>
+  <si>
+    <t>19,755.00</t>
+  </si>
+  <si>
+    <t>9,830.24</t>
+  </si>
+  <si>
+    <t>2025.12.26</t>
+  </si>
+  <si>
+    <t>19,388.26</t>
+  </si>
+  <si>
+    <t>19,720.00</t>
+  </si>
+  <si>
+    <t>9,726.18</t>
+  </si>
+  <si>
+    <t>2025.12.24</t>
+  </si>
+  <si>
+    <t>19,578.20</t>
+  </si>
+  <si>
+    <t>19,625.00</t>
+  </si>
+  <si>
+    <t>9,726.98</t>
+  </si>
+  <si>
+    <t>2025.12.23</t>
+  </si>
+  <si>
+    <t>19,564.66</t>
+  </si>
+  <si>
+    <t>19,545.00</t>
+  </si>
+  <si>
+    <t>9,727.37</t>
+  </si>
+  <si>
+    <t>2025.12.22</t>
+  </si>
+  <si>
+    <t>19,536.10</t>
+  </si>
+  <si>
+    <t>19,525.00</t>
+  </si>
+  <si>
+    <t>9,727.77</t>
+  </si>
+  <si>
+    <t>2025.12.19</t>
+  </si>
+  <si>
+    <t>19,119.91</t>
+  </si>
+  <si>
+    <t>19,135.00</t>
+  </si>
+  <si>
+    <t>9,728.93</t>
+  </si>
+  <si>
+    <t>2025.12.18</t>
+  </si>
+  <si>
+    <t>18,969.70</t>
+  </si>
+  <si>
+    <t>19,025.00</t>
+  </si>
+  <si>
+    <t>9,729.32</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF333333"/>
       <name val="Calibri"/>
@@ -635,54 +647,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F21"/>
+  <dimension ref="A1:F22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:F21"/>
+      <selection activeCell="A1" sqref="A1:F22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" customHeight="1" ht="33">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="1"/>
       <c r="F1" s="1" t="s">
@@ -691,420 +703,440 @@
     </row>
     <row r="2" spans="1:6" customHeight="1" ht="33">
       <c r="A2" s="1"/>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="1"/>
     </row>
     <row r="3" spans="1:6" customHeight="1" ht="30">
       <c r="A3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="2">
-        <v>2.43</v>
+        <v>1.05</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="2">
-        <v>2.72</v>
+        <v>1.05</v>
       </c>
       <c r="F3" s="2">
         <v>0.0</v>
       </c>
     </row>
     <row r="4" spans="1:6" customHeight="1" ht="30">
       <c r="A4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="2">
-        <v>0.62</v>
+        <v>1.41</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E4" s="2">
-        <v>0.54</v>
+        <v>1.6</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="30">
       <c r="A5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="2">
-        <v>-0.42</v>
+        <v>1.27</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="2">
-        <v>-0.3</v>
+        <v>1.29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:6" customHeight="1" ht="30">
       <c r="A6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="2">
-        <v>2.13</v>
+        <v>0.29</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E6" s="2">
-        <v>2.06</v>
+        <v>-0.02</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="30">
       <c r="A7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="2">
-        <v>-2.43</v>
+        <v>0.7</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E7" s="2">
-        <v>-1.51</v>
+        <v>0.95</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="30">
       <c r="A8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="2">
-        <v>-0.73</v>
+        <v>-0.01</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E8" s="2">
-        <v>-0.85</v>
+        <v>-0.12</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:6" customHeight="1" ht="30">
       <c r="A9" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C9" s="2">
-        <v>-0.67</v>
+        <v>-0.5</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>-1.02</v>
+        <v>-0.24</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="30">
       <c r="A10" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C10" s="2">
-        <v>-0.23</v>
+        <v>-0.12</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E10" s="2">
-        <v>-0.03</v>
+        <v>-0.33</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="30">
       <c r="A11" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C11" s="2">
-        <v>0.44</v>
+        <v>2.49</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E11" s="2">
-        <v>0.5</v>
+        <v>2.66</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="30">
       <c r="A12" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C12" s="2">
-        <v>-0.66</v>
+        <v>2.4</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E12" s="2">
-        <v>-0.55</v>
+        <v>2.22</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="30">
       <c r="A13" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C13" s="2">
-        <v>1.43</v>
+        <v>2.13</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E13" s="2">
-        <v>1.45</v>
+        <v>2.17</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="30">
       <c r="A14" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C14" s="2">
-        <v>-1.4</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E14" s="2">
-        <v>-1.57</v>
+        <v>0.23</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="30">
       <c r="A15" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C15" s="2">
-        <v>0.61</v>
+        <v>-0.18</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="E15" s="2">
-        <v>0.64</v>
+        <v>0.23</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="30">
       <c r="A16" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C16" s="2">
-        <v>0.6</v>
+        <v>2.32</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="2">
-        <v>0.74</v>
+        <v>1.67</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="30">
       <c r="A17" s="2" t="s">
         <v>60</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C17" s="2">
-        <v>0.98</v>
+        <v>-0.97</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="2">
-        <v>1.1</v>
+        <v>0.48</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="30">
       <c r="A18" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="C18" s="2">
-        <v>0.62</v>
+        <v>0.07</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="2">
-        <v>0.54</v>
+        <v>0.41</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="30">
       <c r="A19" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="C19" s="2">
-        <v>2.18</v>
+        <v>0.15</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="2">
-        <v>2.17</v>
+        <v>0.1</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="20" spans="1:6" customHeight="1" ht="30">
       <c r="A20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="C20" s="2">
-        <v>2.01</v>
+        <v>2.18</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>74</v>
       </c>
       <c r="E20" s="2">
-        <v>1.77</v>
+        <v>2.04</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="21" spans="1:6" customHeight="1" ht="30">
       <c r="A21" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>77</v>
       </c>
       <c r="C21" s="2">
-        <v>0.21</v>
+        <v>0.79</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="2">
-        <v>0.25</v>
+        <v>0.58</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>79</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" customHeight="1" ht="30">
+      <c r="A22" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C22" s="2">
+        <v>-0.67</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="E22" s="2">
+        <v>-0.31</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="F1:F2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>